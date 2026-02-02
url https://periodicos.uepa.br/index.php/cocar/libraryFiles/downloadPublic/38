--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -1,58 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="406B2F47" w14:textId="7279E9F9" w:rsidR="000120A6" w:rsidRPr="000047E6" w:rsidRDefault="00C011B3" w:rsidP="00860D2A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-23"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C011B3">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23193CD9" wp14:editId="352BDE10">
             <wp:simplePos x="0" y="0"/>
@@ -221,82 +218,82 @@
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="4"/>
           <w:position w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000047E6">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Universidade do Estado do Pará</w:t>
       </w:r>
       <w:r w:rsidR="005B29AE" w:rsidRPr="005B29AE">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34E34150" w14:textId="58E1EA60" w:rsidR="000120A6" w:rsidRDefault="000120A6" w:rsidP="00860D2A">
+    <w:p w14:paraId="34E34150" w14:textId="6C7627A3" w:rsidR="000120A6" w:rsidRDefault="000120A6" w:rsidP="00860D2A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-23"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="262626"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000047E6">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
       <w:r w:rsidRPr="000047E6">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Belém-Pará- Brasil</w:t>
+        <w:t>Belém-Pará-Brasil</w:t>
       </w:r>
       <w:r w:rsidRPr="009A6B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009A6B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009516E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C224E67" w14:textId="77376031" w:rsidR="00A62D10" w:rsidRPr="009A6B76" w:rsidRDefault="00860D2A" w:rsidP="000047E6">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:tabs>
@@ -376,109 +373,234 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="31D9F202" id="Conector reto 6" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,2pt" to="472.2pt,3.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCy6c24MQIAAPQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMuO2jAU3VfqP1jel4QAGYgIo5Zhuqla&#10;1NfeOHaw5Jdsl8Df99oJKZpSVaqaheXHPef6nOub9eNZSXRizgujazyd5BgxTU0jdFvjb1+f3ywx&#10;8oHohkijWY0vzOPHzetX685WrDBHIxvmEJBoX3W2xscQbJVlnh6ZIn5iLNNwyI1TJMDStVnjSAfs&#10;SmZFnpdZZ1xjnaHMe9h96g/xJvFzzmj4xLlnAckaw91CGl0aD3HMNmtStY7Yo6DDNcg/3EIRoSHp&#10;SPVEAkE/nPiNSgnqjDc8TKhRmeFcUJY0gJpp/kLNlyOxLGkBc7wdbfL/j5Z+PO0dEk2NS4w0UVCi&#10;LRSKBuOQY8GgMlrUWV9B5Fbv3bDydu+i3jN3CnEp7HeofnIANKFzMvgyGszOAVHYXKxW5UM5w4jC&#10;WTEtykVkz3qaSGedD++ZUShOaiyFjvpJRU4ffOhDryFxW2rU1Xi2nOZ5CoNCNs9CynjWeoD0E2QN&#10;WNaHeNcettKhE4EX8QwfQHvi1t9GF8t8IH2B2Mb9e4gHOLiTY7uav3u7u4tYze4i5rui3BU3CDBo&#10;VAOWIBKbazGP+eBNe0okgwJOr4jRBMBJDf7G8vUFS7Nwkax37zPjUHsozCzZl7qOje4QSpkOV1qp&#10;ITrCOBg8AgfBsV3/BBziI5SljhzBxd+zjoiU2egwgpXQxt0jCOfrlXkff3Wg1x0tOJjmkp5ysgZa&#10;Kz3C4TcQe/d2neC/flabnwAAAP//AwBQSwMEFAAGAAgAAAAhAOiqkynXAAAABAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoA0TQhjgVquCKoIX71l7iiHht2U4T/h5zgtNqNKOZ&#10;t+12caM4UUyDZwXXqwoEsfZm4F7B++H5ag0iZWSDo2dS8E0Jtt35WYuN8TO/0Wmfe1FKODWowOYc&#10;GimTtuQwrXwgLt6njw5zkbGXJuJcyt0ob6rqTjocuCxYDLSzpL/2k1MQP7yeNjE8refD7oVetUMb&#10;nFKXF8vjA4hMS/4Lwy9+QYeuMB39xCaJUUF5JCuoyynmpq5rEEcF97cgu1b+h+9+AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALLpzbgxAgAA9AQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOiqkynXAAAABAEAAA8AAAAAAAAAAAAAAAAAiwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" strokeweight="3pt">
                 <v:stroke joinstyle="miter"/>
                 <w10:wrap anchorx="margin"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C75A3ED" w14:textId="2856CDE8" w:rsidR="000120A6" w:rsidRDefault="000120A6" w:rsidP="000120A6">
+    <w:p w14:paraId="4C75A3ED" w14:textId="3027671C" w:rsidR="000120A6" w:rsidRDefault="000120A6" w:rsidP="00393287">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="right" w:pos="9639"/>
         </w:tabs>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000120A6">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Revista Cocar. V.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005541B1">
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>00</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000120A6">
+        <w:t>Cocar</w:t>
+      </w:r>
+      <w:r w:rsidR="00480176" w:rsidRPr="003E3D89">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> N.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005541B1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>00/ Ano</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000120A6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> p.                           ISSN: 2237-0315 </w:t>
+        <w:t xml:space="preserve">Belém, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>V.</w:t>
+      </w:r>
+      <w:r w:rsidR="005541B1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00480176" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N.</w:t>
+      </w:r>
+      <w:r w:rsidR="005541B1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00480176" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> p.</w:t>
+      </w:r>
+      <w:r w:rsidR="00393287" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 00-00</w:t>
+      </w:r>
+      <w:r w:rsidR="00480176" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87FF9" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="005541B1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000120A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ISSN: 2237-0315 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A58804F" w14:textId="1A4CE8F6" w:rsidR="00A62D10" w:rsidRDefault="00860D2A" w:rsidP="000120A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="262626"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <mc:AlternateContent>
@@ -679,181 +801,244 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05259FE1" w14:textId="77777777" w:rsidR="007D7609" w:rsidRPr="00B52792" w:rsidRDefault="003F286C" w:rsidP="000120A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="525"/>
           <w:tab w:val="center" w:pos="3395"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B52792">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Título em Inglês ou Espanhol </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3349BB07" w14:textId="0AD7AFAC" w:rsidR="003F286C" w:rsidRPr="00B52792" w:rsidRDefault="003F286C" w:rsidP="000120A6">
+    <w:p w14:paraId="3349BB07" w14:textId="442D75A1" w:rsidR="003F286C" w:rsidRPr="00B52792" w:rsidRDefault="003F286C" w:rsidP="000120A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="525"/>
           <w:tab w:val="center" w:pos="3395"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B52792">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00860D2A" w:rsidRPr="00B52792">
-[...5 lines deleted...]
-        <w:t>Idêntico</w:t>
+      <w:r w:rsidR="00E902EC" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tradução i</w:t>
+      </w:r>
+      <w:r w:rsidR="00860D2A" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dêntic</w:t>
+      </w:r>
+      <w:r w:rsidR="00E902EC" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00302D5C" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ao título </w:t>
       </w:r>
       <w:r w:rsidR="00302D5C" w:rsidRPr="00B52792">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ao título em português</w:t>
+        <w:t>em português</w:t>
       </w:r>
       <w:r w:rsidR="002E0796" w:rsidRPr="00B52792">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="074643BD" w14:textId="77777777" w:rsidR="00182CC9" w:rsidRPr="00B52792" w:rsidRDefault="00182CC9" w:rsidP="000120A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="525"/>
           <w:tab w:val="center" w:pos="3395"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="500672E6" w14:textId="106EA292" w:rsidR="00182CC9" w:rsidRPr="00B52792" w:rsidRDefault="00182CC9" w:rsidP="00DD043E">
+    <w:p w14:paraId="500672E6" w14:textId="5A2111FA" w:rsidR="00182CC9" w:rsidRPr="003E3D89" w:rsidRDefault="006A0801" w:rsidP="00DD043E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>nome</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00182CC9" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+        <w:t xml:space="preserve">ome </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD043E" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>do (s) autor(es)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AA61E1E" w14:textId="7F5F6811" w:rsidR="00BF032A" w:rsidRPr="00B52792" w:rsidRDefault="00BF032A" w:rsidP="003F286C">
+    <w:p w14:paraId="6AA61E1E" w14:textId="6E81CDAA" w:rsidR="00BF032A" w:rsidRPr="003E3D89" w:rsidRDefault="00BF032A" w:rsidP="003F286C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B52792">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Instituição </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6879FF67" w14:textId="5A728341" w:rsidR="00BF032A" w:rsidRPr="00D854F7" w:rsidRDefault="00BF032A" w:rsidP="003F286C">
+        <w:t>Instituição</w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por extenso (SIGLA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6879FF67" w14:textId="6037CDC8" w:rsidR="00BF032A" w:rsidRPr="003E3D89" w:rsidRDefault="00BF032A" w:rsidP="003F286C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D854F7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Cidade-</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+        <w:t>Cidade</w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/UF-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D854F7" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>País</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="317CB721" w14:textId="1F1F3204" w:rsidR="009217BB" w:rsidRPr="00B52792" w:rsidRDefault="009217BB" w:rsidP="009217BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Permitem-se</w:t>
       </w:r>
       <w:r w:rsidR="00182CC9" w:rsidRPr="00D854F7">
         <w:rPr>
@@ -872,69 +1057,51 @@
         <w:t xml:space="preserve">té três autores, </w:t>
       </w:r>
       <w:r w:rsidR="00860D2A" w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>excepcionalmente</w:t>
       </w:r>
       <w:r w:rsidR="00860D2A" w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e com justificativa, quatro</w:t>
       </w:r>
       <w:r w:rsidR="00500572" w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> por: </w:t>
+        <w:t xml:space="preserve">, Identificados por: </w:t>
       </w:r>
       <w:r w:rsidR="00500572" w:rsidRPr="00B52792">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nome, </w:t>
       </w:r>
       <w:r w:rsidR="007911C4">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>instituição,</w:t>
       </w:r>
       <w:r w:rsidR="00500572" w:rsidRPr="00B52792">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1280,71 +1447,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">com a mesma formatação que o resumo em português. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D4A141C" w14:textId="77777777" w:rsidR="00860D2A" w:rsidRDefault="00860D2A" w:rsidP="000120A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="525"/>
           <w:tab w:val="center" w:pos="3395"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18CA4BD9" w14:textId="6A8EFDD0" w:rsidR="00302D5C" w:rsidRPr="00B52792" w:rsidRDefault="00302D5C" w:rsidP="000120A6">
+    <w:p w14:paraId="18CA4BD9" w14:textId="6A8EFDD0" w:rsidR="00302D5C" w:rsidRPr="00E902EC" w:rsidRDefault="00302D5C" w:rsidP="000120A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="525"/>
           <w:tab w:val="center" w:pos="3395"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E902EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Todas essas informações ficam em uma única página</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="366EC481" w14:textId="77777777" w:rsidR="00182CC9" w:rsidRPr="00B52792" w:rsidRDefault="00182CC9" w:rsidP="000120A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="525"/>
           <w:tab w:val="center" w:pos="3395"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B85BB1A" w14:textId="50D1B99B" w:rsidR="0037560D" w:rsidRPr="00B52792" w:rsidRDefault="00302D5C" w:rsidP="000120A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
@@ -1353,71 +1518,111 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B52792">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A1AE86" w14:textId="77777777" w:rsidR="00D854F7" w:rsidRDefault="00D854F7" w:rsidP="00D854F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D5E0325" w14:textId="559E26A7" w:rsidR="00302D5C" w:rsidRPr="00C66F1B" w:rsidRDefault="006964C7" w:rsidP="00D854F7">
+    <w:p w14:paraId="5D5E0325" w14:textId="110D255E" w:rsidR="00302D5C" w:rsidRPr="00C66F1B" w:rsidRDefault="006964C7" w:rsidP="00D854F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C66F1B">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Artigo elaborado em inglês deve ser submetido em duas versões: inglês e português</w:t>
+        <w:t xml:space="preserve">Artigo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elaborado em inglês </w:t>
+      </w:r>
+      <w:r w:rsidR="00E902EC" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou espanhol </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>deve ser submetido em duas versões: inglês e português</w:t>
+      </w:r>
+      <w:r w:rsidR="00162E12" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | espanhol e português</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="217F4D88" w14:textId="77777777" w:rsidR="002E0796" w:rsidRPr="00B52792" w:rsidRDefault="002E0796" w:rsidP="000120A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BCE1EBE" w14:textId="77777777" w:rsidR="002E0796" w:rsidRPr="00B52792" w:rsidRDefault="002E0796" w:rsidP="000120A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D7E2BAD" w14:textId="77777777" w:rsidR="002E0796" w:rsidRPr="00B52792" w:rsidRDefault="002E0796" w:rsidP="000120A6">
@@ -1487,89 +1692,72 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32FB3A1B" w14:textId="77777777" w:rsidR="002D2441" w:rsidRPr="002D2441" w:rsidRDefault="002D2441" w:rsidP="002D2441">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B52792">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">(Título e sub-títulos – Candara, </w:t>
       </w:r>
       <w:r w:rsidRPr="002D2441">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">fonte 12, negrito, justificado e com adentramento de parágrafo de 1,25; </w:t>
       </w:r>
       <w:r w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>não numerar os título e sub-títulos)</w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="4EB66D38" w14:textId="77777777" w:rsidR="005B29AE" w:rsidRDefault="005B29AE" w:rsidP="002D2441">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AF0FB51" w14:textId="77777777" w:rsidR="002D2441" w:rsidRPr="00B52792" w:rsidRDefault="002D2441" w:rsidP="002D2441">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
@@ -1960,195 +2148,195 @@
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> incluindo referências</w:t>
       </w:r>
       <w:r w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>. As resenhas devem conter na página inicial as mesmas informações que os artigos, ou seja, indicar títulos, nome dos autores, instituição, local, resumos em português e inglês ou espanhol com palavras-chave.</w:t>
       </w:r>
       <w:r w:rsidR="000A7C6B" w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> A formatação deve obedecer a mesma orientação dada para os artigos originais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C02404E" w14:textId="6EE7D557" w:rsidR="002D2441" w:rsidRPr="00B52792" w:rsidRDefault="002D2441" w:rsidP="002D2441">
+    <w:p w14:paraId="2C02404E" w14:textId="6EE7D557" w:rsidR="002D2441" w:rsidRPr="00162E12" w:rsidRDefault="002D2441" w:rsidP="002D2441">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D854F7">
+      <w:r w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r w:rsidR="000A7C6B" w:rsidRPr="00D854F7">
+      <w:r w:rsidR="000A7C6B" w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>formatação</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D854F7">
+      <w:r w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> do texto deve observar que deve ser utlizado </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D854F7">
+      <w:r w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Notas de Fim e não Notas de Rodapé,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D854F7">
+      <w:r w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> formatadas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D854F7">
+      <w:r w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">em </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D854F7">
+      <w:r w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Candara</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D854F7">
+      <w:r w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, fonte 12, espaçamento simples</w:t>
       </w:r>
-      <w:r w:rsidR="00500572" w:rsidRPr="00D854F7">
+      <w:r w:rsidR="00500572" w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00500572" w:rsidRPr="00D854F7">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00500572" w:rsidRPr="00162E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(usar comando automático do processador de textos: Inserir/Notas abaixo do texto).</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D854F7">
+      <w:r w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00500572" w:rsidRPr="00D854F7">
+      <w:r w:rsidR="00500572" w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D854F7">
+      <w:r w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">As mesmas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D854F7">
+      <w:r w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">deverão ser </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D854F7">
+      <w:r w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>apenas explicativas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D854F7">
+      <w:r w:rsidRPr="00162E12">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, reduzidas e colocadas no final do texto após as referências.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D69B664" w14:textId="77777777" w:rsidR="002D2441" w:rsidRDefault="002D2441" w:rsidP="002D2441">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2666,162 +2854,58 @@
       <w:r w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>deve ter boa resolução e ser incorporada diretamente ao texto; 5) atentar-se para estética evitando espaços em branco no corpo do texto; 6)Na lista de referências colocar a referência completa</w:t>
       </w:r>
       <w:r w:rsidR="000A7C6B" w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> conforme exemplos abaixo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE0AF2B" w14:textId="77777777" w:rsidR="005B29AE" w:rsidRDefault="005B29AE" w:rsidP="002D2441">
+    <w:p w14:paraId="5B6A421A" w14:textId="0B46F31F" w:rsidR="002D2441" w:rsidRPr="00D854F7" w:rsidRDefault="002D2441" w:rsidP="002D2441">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
-          <w:color w:val="388600"/>
-[...102 lines deleted...]
-          <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="388600"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EXEMPLO</w:t>
       </w:r>
       <w:r w:rsidR="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
@@ -2839,89 +2923,88 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1676B89D" w14:textId="3BE9909A" w:rsidR="002D2441" w:rsidRPr="000A7C6B" w:rsidRDefault="00D5438F" w:rsidP="002D2441">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A7C6B">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F7906CD" wp14:editId="6B7A3E93">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F7906CD" wp14:editId="69584762">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:posOffset>1346200</wp:posOffset>
+              <wp:posOffset>2228849</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>255270</wp:posOffset>
+              <wp:posOffset>255271</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="4210050" cy="2009775"/>
-            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:extent cx="3324225" cy="1586562"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="8" name="Imagem 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="762" t="12487" r="880" b="2053"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4210050" cy="2009775"/>
+                      <a:ext cx="3329085" cy="1588882"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -2981,104 +3064,112 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
       <w:r w:rsidR="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D13AA40" w14:textId="77777777" w:rsidR="002D2441" w:rsidRPr="000A7C6B" w:rsidRDefault="002D2441" w:rsidP="002D2441">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06772767" w14:textId="212D655B" w:rsidR="002D2441" w:rsidRPr="00D854F7" w:rsidRDefault="00D854F7" w:rsidP="002D2441">
+    <w:p w14:paraId="06772767" w14:textId="4029F69A" w:rsidR="002D2441" w:rsidRPr="00D854F7" w:rsidRDefault="00162E12" w:rsidP="002D2441">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="270" w:line="288" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EXEMPLO</w:t>
       </w:r>
-      <w:r w:rsidR="00C66F1B">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> a</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de como colocar n</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="00D854F7" w:rsidRPr="00D854F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como colocar n</w:t>
+      </w:r>
+      <w:r w:rsidR="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="008C6F0B">
+      <w:r w:rsidR="00D854F7" w:rsidRPr="008C6F0B">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>lista de referências</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="242F5F34" w14:textId="77777777" w:rsidR="002D2441" w:rsidRPr="000A7C6B" w:rsidRDefault="002D2441" w:rsidP="002D2441">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="270" w:line="288" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D854F7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
@@ -3377,109 +3468,2681 @@
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">Referências </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="558C5FE4" w14:textId="69E774FC" w:rsidR="002D2441" w:rsidRPr="00A929BE" w:rsidRDefault="00A929BE" w:rsidP="00A929BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A929BE">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ao final do texto,</w:t>
+        <w:t>Ao final do texto, as referências devem estar alinhadas a esquerda e conter </w:t>
       </w:r>
       <w:r w:rsidRPr="00A929BE">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-        <w:t> as referências devem estar alinhadas a esquerda e conter </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>exclusivamente</w:t>
       </w:r>
       <w:r w:rsidRPr="00A929BE">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>exclusivamente</w:t>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> os autores e autoras citadas no trabalho. Devem ser apresentadas </w:t>
       </w:r>
       <w:r w:rsidRPr="00A929BE">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-        <w:t> os autores e autoras citadas no trabalho. Devem ser apresentadas </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>em ordem alfabética, sem abreviatura,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A929BE">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> obedecendo às normas atualizadas da ABNT (NBR 10520:2023).  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="05479D66" w14:textId="77777777" w:rsidR="002D2441" w:rsidRDefault="002D2441" w:rsidP="002D2441">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="065076CB" w14:textId="5ACB10DE" w:rsidR="008427C1" w:rsidRPr="003E3D89" w:rsidRDefault="008427C1" w:rsidP="002D2441">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Exemplo</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3D89" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de referências</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F297D5" w14:textId="77777777" w:rsidR="005B2237" w:rsidRPr="003E3D89" w:rsidRDefault="008427C1" w:rsidP="008427C1">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Livro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A60128" w14:textId="160E4889" w:rsidR="005B2237" w:rsidRPr="003E3D89" w:rsidRDefault="005B2237" w:rsidP="008427C1">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SOBRENOME, Nome por Extenso. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Título:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subtítulo (se houver). Edição (se houver). Local de publicação: Editora, data de publicação da obra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15706B2C" w14:textId="3BC7087D" w:rsidR="005B2237" w:rsidRPr="003E3D89" w:rsidRDefault="005B2237" w:rsidP="00DC2125">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exemplo: MOREIRA, Maria da Conceição </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Ruffeil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>; CONDURÊ, Marise Teles. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Produção Científica na Universidade</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: normas para publicação de trabalhos acadêmicos. 2.ed. Belém: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Eduepa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, 2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC2FBE3" w14:textId="6754058C" w:rsidR="008427C1" w:rsidRPr="003E3D89" w:rsidRDefault="008427C1" w:rsidP="008427C1">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Cap</w:t>
+      </w:r>
+      <w:r w:rsidR="007D347A" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>í</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>tulo de livro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C8EA090" w14:textId="19861305" w:rsidR="005B2237" w:rsidRPr="003E3D89" w:rsidRDefault="005B2237" w:rsidP="00D854A3">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>SOBRENOME DO AUTOR DO CAPÍTULO, Nome por Extenso.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Título do capítulo do livro</w:t>
+      </w:r>
+      <w:r w:rsidR="00D854A3" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>: subtítulo (se houver)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. SOBRENOME DO ORGANIZADOR</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DO LIVRO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, Nome por Extenso</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (org.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do livro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subtítulo (se houver). Edição (se houver). Local de publicação: Editora, data de publicação da obra. Páginas inicial e final do capítulo citado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FEED900" w14:textId="4704C231" w:rsidR="005F0484" w:rsidRDefault="00DC2125" w:rsidP="007D347A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exemplo: </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>BASSALO, Lucélia de Moraes Braga. Jovens Mulheres e Feminismo. </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: OLIVEIRA, Victor Hugo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Nedel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (org.). </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Temáticas Emergentes em Juventudes</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0484" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. Porto Alegre: GEPJUVE/UFRGS, 2024.  p. 128-151.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49921AE1" w14:textId="77777777" w:rsidR="003E3D89" w:rsidRDefault="003E3D89" w:rsidP="007D347A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D75FFAC" w14:textId="77777777" w:rsidR="003E3D89" w:rsidRPr="003E3D89" w:rsidRDefault="003E3D89" w:rsidP="007D347A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70C934DB" w14:textId="2BA57EA0" w:rsidR="008427C1" w:rsidRPr="003E3D89" w:rsidRDefault="007D347A" w:rsidP="008427C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Trabalhos publicados em </w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Anais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de evento</w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB06A68" w14:textId="77777777" w:rsidR="00D822EC" w:rsidRPr="003E3D89" w:rsidRDefault="00D822EC" w:rsidP="00D822EC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SOBRENOME DO AUTOR, Nome por extenso. Título do trabalho: subtítulo (se houver). Seguidos da expressão </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: nome do evento, numeração do evento (se houver), ano e local (cidade) de realização. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>título do documento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. Local, editora, data de publicação.  páginas inicial e final da parte referenciada.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71FD9AEF" w14:textId="0757A0F0" w:rsidR="008427C1" w:rsidRPr="003E3D89" w:rsidRDefault="00DC2125" w:rsidP="007D347A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exemplo: </w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CHINGORE, Tiago </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Tendai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; SOARES, Marta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Genú</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. Para uma educação antirracista: saberes ancestrais e descolonização dos currículos brasileiros. </w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>REUNIãO</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NACIONAL DA ANPED EDUCAÇÃO E EQUIDADE: BASES PARA AMAR-ZONIZAR O </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>PAíS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, 41., 2023, Manaus. </w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Anais da 41ª Reunião Nacional ANPED.</w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Campinas: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Galoá</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, 2023. p. 1-6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255EB49D" w14:textId="77777777" w:rsidR="005B2237" w:rsidRPr="003E3D89" w:rsidRDefault="008427C1" w:rsidP="008427C1">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Artigo de periódico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17868A35" w14:textId="03686EDE" w:rsidR="005B2237" w:rsidRPr="003E3D89" w:rsidRDefault="005B2237" w:rsidP="008427C1">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SOBRENOME, Nome por extenso. Título do artigo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Título da Revista</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, (abreviado ou não) Local de Publicação, Número do volume, Número do fascículo, Páginas inicial-final, mês e ano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4E618C" w14:textId="5C12FAD0" w:rsidR="005B2237" w:rsidRPr="003E3D89" w:rsidRDefault="005B2237" w:rsidP="007D347A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Exemplo: LOUREIRO, Violeta. Educação e Sociedade na Amazônia em mais de meio século. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Revista Cocar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, Belém, v. 1, n. 1, p. 17-58, jan./jun. 2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F0D6D0" w14:textId="77777777" w:rsidR="005B2237" w:rsidRPr="003E3D89" w:rsidRDefault="005B2237" w:rsidP="005B2237">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tese, </w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Dissertação</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e Trabalho de Conclusão de Curso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77C48B3A" w14:textId="7EE94B0B" w:rsidR="005B2237" w:rsidRPr="003E3D89" w:rsidRDefault="005B2237" w:rsidP="005B2237">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SOBRENOME, Nome por Extenso. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>subtítulo (se houver). Ano de Apresentação. Número de Folhas. Categoria – Instituição, local, ano. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E2B1E6C" w14:textId="63FF22BE" w:rsidR="005B2237" w:rsidRPr="003E3D89" w:rsidRDefault="005B2237" w:rsidP="00D854A3">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Exemplo</w:t>
+      </w:r>
+      <w:r w:rsidR="007D347A" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: ARAGÃO, Marta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Genú</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Soares. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Entre o desejo e o prazer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>: a criatividade, a aprendizagem. 1998. 106 f. Dissertação (Mestrado em Educação) – Programa de Pós-Graduação em Educação, Universidade Metodista de Piracicaba, Piracicaba, SP, 1998.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFDD94B" w14:textId="50B98B9D" w:rsidR="00AC394A" w:rsidRPr="003E3D89" w:rsidRDefault="00AC394A" w:rsidP="00D854A3">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exemplo 2:  COSTA, Matheus Oliveira da. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrativas de estudantes LGBTQI+ sobre a afirmação da sexualidade no ambiente escolar. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>2021. 87 f.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Trabalho de Conclusão de Curso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Licenciatura em Pedagogia) – Universidade do Estado do Pará, Belém, 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DC150E" w14:textId="77777777" w:rsidR="00D854A3" w:rsidRPr="003E3D89" w:rsidRDefault="008427C1" w:rsidP="008427C1">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Site:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D854A3" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AUTOR(ES). Título da página. Nome do site, ano. Disponível em: &lt;URL&gt;. Acesso em: dia mês ano. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5851633B" w14:textId="7691E2E7" w:rsidR="00D854A3" w:rsidRPr="003E3D89" w:rsidRDefault="00D854A3" w:rsidP="008427C1">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Exemplo: BRASIL. Plano Nacional de Educação. Ministério da Educação, 2024. Disponível em: &lt;</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="003E3D89">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+            <w:color w:val="EE0000"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="pt-BR"/>
+          </w:rPr>
+          <w:t>https://www.gov.br/mec</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>&gt;. Acesso em: 20 jan. 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="531CB3E4" w14:textId="77777777" w:rsidR="008427C1" w:rsidRPr="003E3D89" w:rsidRDefault="008427C1" w:rsidP="008427C1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Ao citar artigo/documento de acesso </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>exclusivo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>em meio eletrônico, indicar o endereço e a data de acesso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2E059A" w14:textId="0E21FDE9" w:rsidR="008427C1" w:rsidRPr="003E3D89" w:rsidRDefault="008427C1" w:rsidP="008427C1">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Ex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: OLIVEIRA, Ivanilde </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Apoluceno</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de. A formação </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>freireana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de professores/as da educação de jovens e adultos. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Ensino em Perspectivas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, v. 1, n. 2, p. 1–15, 2020. Disponível em: https://revistastestes.uece.br/index.php/ensinoemperspectivas/article/view/4677. Acesso em: 1 ago. 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766D45C9" w14:textId="64CE2EAD" w:rsidR="007D347A" w:rsidRPr="003E3D89" w:rsidRDefault="007D347A" w:rsidP="008427C1">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:eastAsia="Times New Roman" w:hAnsi="Candara" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Legislação </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7BAE58" w14:textId="177F1DC7" w:rsidR="008427C1" w:rsidRPr="003E3D89" w:rsidRDefault="00634CC3" w:rsidP="007D347A">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elementos essenciais: </w:t>
+      </w:r>
+      <w:r w:rsidR="007D347A" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jurisdição, ou cabeçalho da entidade, em letras maiúsculas; epígrafe e ementa transcrita conforme publicada; dados da publicação. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75ECFA7F" w14:textId="77777777" w:rsidR="007D347A" w:rsidRPr="003E3D89" w:rsidRDefault="007D347A" w:rsidP="007D347A">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45EB8BAB" w14:textId="4C0553B0" w:rsidR="007D347A" w:rsidRPr="003E3D89" w:rsidRDefault="007D347A" w:rsidP="007D347A">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exemplo: BRASIL. [Constituição (1988)]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Constituição da República Federativa do Brasil de 1988</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. Brasília, DF: Presidência da República, [2016]. Disponível em: http://www.planalto.gov.br/ccivil_03/Constituicao/Constituiçao.htm. Acesso em: 1 jan. 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A06915E" w14:textId="77777777" w:rsidR="00634CC3" w:rsidRPr="003E3D89" w:rsidRDefault="00634CC3" w:rsidP="007D347A">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3803A45D" w14:textId="77777777" w:rsidR="00634CC3" w:rsidRPr="003E3D89" w:rsidRDefault="00634CC3" w:rsidP="00634CC3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PARÁ. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lei n° 3.759, de 3 de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>novembro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 1966</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Reorganiza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Fundação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Educacional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do Estado do Pará (FEP) e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>dá</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>outras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>providências</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Belém - PA: Assembleia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Legislativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do Pará, 1966.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC54F29" w14:textId="77777777" w:rsidR="00634CC3" w:rsidRPr="003E3D89" w:rsidRDefault="00634CC3" w:rsidP="00634CC3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="727ACDC1" w14:textId="7756DF8D" w:rsidR="00634CC3" w:rsidRPr="003E3D89" w:rsidRDefault="00634CC3" w:rsidP="00634CC3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Filme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E3D89" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E3D89" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>vídeos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E3D89" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, entre outros</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7AA57C" w14:textId="77777777" w:rsidR="00634CC3" w:rsidRPr="003E3D89" w:rsidRDefault="00634CC3" w:rsidP="00634CC3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C345AAC" w14:textId="58FE1B72" w:rsidR="00634CC3" w:rsidRPr="003E3D89" w:rsidRDefault="00634CC3" w:rsidP="00634CC3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>lementos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>essenciais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>título</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>diretor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>produtor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, local, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>empresa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>produtora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>distribuidora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">data e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>especificação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>suporte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>unidades</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>físicas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25397081" w14:textId="77777777" w:rsidR="00634CC3" w:rsidRPr="003E3D89" w:rsidRDefault="00634CC3" w:rsidP="00634CC3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F87788A" w14:textId="77777777" w:rsidR="00634CC3" w:rsidRPr="003E3D89" w:rsidRDefault="00634CC3" w:rsidP="00634CC3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Exemplo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AINDA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>estou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>aqui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Direção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>: Walter Salles. [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>S. l.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]: Sony Pictures, 2024. 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>filme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (138 min), son., color.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568AB0BD" w14:textId="77777777" w:rsidR="0049416D" w:rsidRPr="003E3D89" w:rsidRDefault="0049416D" w:rsidP="007D347A">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F544B88" w14:textId="77777777" w:rsidR="007D347A" w:rsidRPr="003E3D89" w:rsidRDefault="007D347A" w:rsidP="007D347A">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32B3451D" w14:textId="7A5A5F8F" w:rsidR="0049416D" w:rsidRPr="003E3D89" w:rsidRDefault="0049416D" w:rsidP="0076094A">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Antes de submeter o artigo, confira:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2262EDD3" w14:textId="77777777" w:rsidR="0049416D" w:rsidRPr="003E3D89" w:rsidRDefault="00810A54" w:rsidP="0049416D">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Nas referências,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nome dos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>/as</w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> autores</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>/as</w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deve ser inserido </w:t>
+      </w:r>
+      <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">por extenso, NÃO abreviar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0A2876" w14:textId="77777777" w:rsidR="0049416D" w:rsidRPr="003E3D89" w:rsidRDefault="008427C1" w:rsidP="0049416D">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Todas as informações essenciais de identificação da fonte (dados editoriais), como o número de páginas dos artigos e capítulos de livro, precisam ser inseridas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07AB1691" w14:textId="77777777" w:rsidR="0049416D" w:rsidRPr="003E3D89" w:rsidRDefault="008427C1" w:rsidP="0049416D">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Verificar se tod</w:t>
+      </w:r>
+      <w:r w:rsidR="00810A54" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s as obras/fontes citadas no texto estão na lista de referências. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54664437" w14:textId="77777777" w:rsidR="0049416D" w:rsidRPr="003E3D89" w:rsidRDefault="008427C1" w:rsidP="0049416D">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Observar que para cada tipo de fonte, o que fica em destaque (negrito) é um elemento diferente. Por exemplo, no caso de livros, o que fica em negrito é somente o título (o subtítulo não) e no caso de artigos, é o título/nome da revista que é </w:t>
+      </w:r>
+      <w:r w:rsidR="00810A54" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>destacado/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">negritado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14154516" w14:textId="77777777" w:rsidR="0049416D" w:rsidRPr="003E3D89" w:rsidRDefault="0049416D" w:rsidP="0049416D">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B60BC58" w14:textId="037B17DB" w:rsidR="008427C1" w:rsidRPr="003E3D89" w:rsidRDefault="008427C1" w:rsidP="0049416D">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O </w:t>
+      </w:r>
+      <w:r w:rsidR="0049416D" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>manuscrito que não</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atender rigorosamente as recomendações da ABNT e</w:t>
+      </w:r>
+      <w:r w:rsidR="0049416D" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>m vigor e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da Revista Cocar </w:t>
+      </w:r>
+      <w:r w:rsidR="0049416D" w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>não será</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> publicado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="791D89CC" w14:textId="77777777" w:rsidR="00DC2125" w:rsidRPr="008427C1" w:rsidRDefault="00DC2125" w:rsidP="008427C1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="276E174A" w14:textId="77777777" w:rsidR="002D2441" w:rsidRPr="00B52792" w:rsidRDefault="002D2441" w:rsidP="002D2441">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00797EE7">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Observações</w:t>
       </w:r>
@@ -3907,504 +6570,719 @@
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>itálico</w:t>
       </w:r>
       <w:r w:rsidRPr="00700748">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> no </w:t>
       </w:r>
       <w:r w:rsidRPr="0012146A">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">texto </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B62E4BC" w14:textId="77777777" w:rsidR="002D2441" w:rsidRPr="0012146A" w:rsidRDefault="002D2441" w:rsidP="005B29AE">
+    <w:p w14:paraId="7B62E4BC" w14:textId="77777777" w:rsidR="002D2441" w:rsidRPr="0012146A" w:rsidRDefault="002D2441" w:rsidP="00162E12">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0012146A">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Os agradecimentos devem estar antes dos dados dos autores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BEDF736" w14:textId="77777777" w:rsidR="002D2441" w:rsidRPr="00B52792" w:rsidRDefault="002D2441" w:rsidP="005B29AE">
+    <w:p w14:paraId="1BEDF736" w14:textId="77777777" w:rsidR="002D2441" w:rsidRPr="00B52792" w:rsidRDefault="002D2441" w:rsidP="00162E12">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0012146A">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Consultar antes da submissão as normas da Revista Cocar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13319049" w14:textId="77777777" w:rsidR="002D2441" w:rsidRPr="00B52792" w:rsidRDefault="002D2441" w:rsidP="005B29AE">
+    <w:p w14:paraId="31E245DC" w14:textId="57D20B4F" w:rsidR="00BB7FAC" w:rsidRPr="00162E12" w:rsidRDefault="002D2441" w:rsidP="00162E12">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...49 lines deleted...]
-      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
-          <w:szCs w:val="24"/>
-[...9 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Os artigos que não seguirem as normas para submissão, não serão enviados para avaliação e serão arquivados.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00BB7FAC" w:rsidRPr="00162E12" w:rsidSect="00162E12">
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="573" w:right="1134" w:bottom="1440" w:left="1440" w:header="794" w:footer="652" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="1134" w:bottom="1418" w:left="1418" w:header="794" w:footer="652" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="472BFAA0" w14:textId="77777777" w:rsidR="00D364BD" w:rsidRDefault="00D364BD" w:rsidP="00A328B1">
+    <w:p w14:paraId="5DDBE2C4" w14:textId="77777777" w:rsidR="00426217" w:rsidRDefault="00426217" w:rsidP="00A328B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C76D7FD" w14:textId="77777777" w:rsidR="00D364BD" w:rsidRDefault="00D364BD" w:rsidP="00A328B1">
+    <w:p w14:paraId="67CBEB74" w14:textId="77777777" w:rsidR="00426217" w:rsidRDefault="00426217" w:rsidP="00A328B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Candara">
     <w:panose1 w:val="020E0502030303020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="620DB6A2" w14:textId="77777777" w:rsidR="00D364BD" w:rsidRDefault="00D364BD" w:rsidP="00A328B1">
+    <w:p w14:paraId="60A4F891" w14:textId="77777777" w:rsidR="00426217" w:rsidRDefault="00426217" w:rsidP="00A328B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60635F86" w14:textId="77777777" w:rsidR="00D364BD" w:rsidRDefault="00D364BD" w:rsidP="00A328B1">
+    <w:p w14:paraId="514C2753" w14:textId="77777777" w:rsidR="00426217" w:rsidRDefault="00426217" w:rsidP="00A328B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="4A1BCAD9" w14:textId="33DD6371" w:rsidR="00CF7425" w:rsidRPr="00AA148A" w:rsidRDefault="00CF7425" w:rsidP="00CF7425">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A1BCAD9" w14:textId="33DD6371" w:rsidR="00CF7425" w:rsidRPr="008427C1" w:rsidRDefault="00CF7425" w:rsidP="00CF7425">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="center"/>
       <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:i/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00AA148A">
+    <w:r w:rsidRPr="008427C1">
       <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:i/>
       </w:rPr>
       <w:t>Título do artigo</w:t>
     </w:r>
-    <w:r w:rsidR="00AA148A">
+    <w:r w:rsidR="00AA148A" w:rsidRPr="008427C1">
       <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:i/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00AA148A" w:rsidRPr="00AA148A">
+    <w:r w:rsidR="00AA148A" w:rsidRPr="008427C1">
       <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:i/>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:t>(no cabeçalho em itálico)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="64FBD5BE" w14:textId="77777777" w:rsidR="00CF7425" w:rsidRDefault="00CF7425">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="28D84009" w14:textId="26453559" w:rsidR="00D67CE1" w:rsidRDefault="00D67CE1" w:rsidP="00D67CE1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28D84009" w14:textId="137E6148" w:rsidR="00D67CE1" w:rsidRPr="008427C1" w:rsidRDefault="00D67CE1" w:rsidP="00D67CE1">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:spacing w:before="120"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+        <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="008427C1">
       <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:i/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>Revista Cocar V.</w:t>
+      <w:t xml:space="preserve">Revista </w:t>
     </w:r>
-    <w:r w:rsidR="00CC1BEC">
+    <w:r w:rsidRPr="003E3D89">
       <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+        <w:i/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Cocar</w:t>
+    </w:r>
+    <w:r w:rsidR="00F87FF9" w:rsidRPr="003E3D89">
+      <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+        <w:i/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
+      <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+        <w:i/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Belém,</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003E3D89">
+      <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+        <w:i/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> V.</w:t>
+    </w:r>
+    <w:r w:rsidR="00CC1BEC" w:rsidRPr="003E3D89">
+      <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:i/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>00</w:t>
     </w:r>
-    <w:r w:rsidR="003E1DAB">
+    <w:r w:rsidR="003E1DAB" w:rsidRPr="003E3D89">
       <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:i/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidRPr="0016465D">
+    <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
       <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:i/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve"> N</w:t>
+      <w:t>,</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="003E3D89">
       <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:i/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>.</w:t>
+      <w:t xml:space="preserve"> N.</w:t>
     </w:r>
-    <w:r w:rsidR="00CC1BEC">
+    <w:r w:rsidR="00CC1BEC" w:rsidRPr="003E3D89">
       <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:i/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>00/</w:t>
+      <w:t>00</w:t>
     </w:r>
-    <w:r w:rsidR="007160F2">
+    <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
       <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:i/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>ano</w:t>
+      <w:t>,</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="003E3D89">
       <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:i/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve"> p.                       </w:t>
+      <w:t xml:space="preserve"> p.</w:t>
     </w:r>
-    <w:r w:rsidR="00583B59" w:rsidRPr="00583B59">
+    <w:r w:rsidR="008427C1" w:rsidRPr="003E3D89">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+        <w:i/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 00-00, Ano</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003E3D89">
+      <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+        <w:i/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                       </w:t>
+    </w:r>
+    <w:r w:rsidR="00583B59" w:rsidRPr="008427C1">
+      <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+        <w:sz w:val="22"/>
       </w:rPr>
       <w:t>https://p</w:t>
     </w:r>
-    <w:r w:rsidR="00B43C45">
+    <w:r w:rsidR="00B43C45" w:rsidRPr="008427C1">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+        <w:sz w:val="22"/>
       </w:rPr>
       <w:t>eriodico</w:t>
     </w:r>
-    <w:r w:rsidR="00583B59" w:rsidRPr="00583B59">
+    <w:r w:rsidR="00583B59" w:rsidRPr="008427C1">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+        <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>s.uepa.br/</w:t>
-[...6 lines deleted...]
-      <w:t>index.php/cocar</w:t>
+      <w:t>s.uepa.br/index.php/cocar</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="000476D2" w14:textId="77777777" w:rsidR="00D67CE1" w:rsidRDefault="00D67CE1" w:rsidP="00D67CE1">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:spacing w:before="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2ECA06F1" w14:textId="090C9FC8" w:rsidR="00CF7425" w:rsidRDefault="003E1DAB">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">                                             </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12F86168"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9BB2736E"/>
+    <w:lvl w:ilvl="0" w:tplc="EBC0C26E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Calibri" w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29B23DFA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D88AA66A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="478866D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A60A6B7C"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4473,51 +7351,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DFB5B65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C524D7C"/>
     <w:lvl w:ilvl="0" w:tplc="F574E896">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -4562,235 +7440,275 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1789469353">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1318262698">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1750272253">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4" w16cid:durableId="1250969687">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A328B1"/>
+    <w:rsid w:val="00001A70"/>
     <w:rsid w:val="000047E6"/>
     <w:rsid w:val="000120A6"/>
+    <w:rsid w:val="00045153"/>
     <w:rsid w:val="00047227"/>
     <w:rsid w:val="000775CB"/>
     <w:rsid w:val="000A7C6B"/>
     <w:rsid w:val="000D2DA8"/>
     <w:rsid w:val="000E4E8A"/>
     <w:rsid w:val="00103E63"/>
+    <w:rsid w:val="00116481"/>
     <w:rsid w:val="0012146A"/>
     <w:rsid w:val="001517FC"/>
     <w:rsid w:val="00160C4C"/>
     <w:rsid w:val="00162041"/>
+    <w:rsid w:val="00162E12"/>
     <w:rsid w:val="00163F4C"/>
+    <w:rsid w:val="00181D94"/>
     <w:rsid w:val="00182CC9"/>
     <w:rsid w:val="00194634"/>
     <w:rsid w:val="001A738F"/>
     <w:rsid w:val="001C0F19"/>
     <w:rsid w:val="001C494A"/>
     <w:rsid w:val="002808C5"/>
     <w:rsid w:val="002A31B4"/>
     <w:rsid w:val="002A5216"/>
+    <w:rsid w:val="002C33DE"/>
     <w:rsid w:val="002D2441"/>
     <w:rsid w:val="002E0796"/>
     <w:rsid w:val="00302D5C"/>
     <w:rsid w:val="00314A8E"/>
     <w:rsid w:val="0037560D"/>
+    <w:rsid w:val="00393287"/>
+    <w:rsid w:val="003C3ABB"/>
     <w:rsid w:val="003C42F6"/>
     <w:rsid w:val="003D1921"/>
     <w:rsid w:val="003E1DAB"/>
+    <w:rsid w:val="003E3D89"/>
     <w:rsid w:val="003F286C"/>
+    <w:rsid w:val="00426217"/>
+    <w:rsid w:val="00480176"/>
     <w:rsid w:val="0049203E"/>
+    <w:rsid w:val="0049416D"/>
     <w:rsid w:val="004F34BF"/>
     <w:rsid w:val="0050016F"/>
     <w:rsid w:val="00500572"/>
     <w:rsid w:val="005541B1"/>
     <w:rsid w:val="0056163B"/>
     <w:rsid w:val="00566368"/>
     <w:rsid w:val="00567B74"/>
     <w:rsid w:val="00571D6E"/>
     <w:rsid w:val="00583B59"/>
     <w:rsid w:val="005A16AD"/>
+    <w:rsid w:val="005B2237"/>
     <w:rsid w:val="005B29AE"/>
     <w:rsid w:val="005E332F"/>
+    <w:rsid w:val="005F0484"/>
+    <w:rsid w:val="00634CC3"/>
     <w:rsid w:val="0064337E"/>
     <w:rsid w:val="006708EB"/>
     <w:rsid w:val="00672951"/>
     <w:rsid w:val="00676D93"/>
     <w:rsid w:val="006964C7"/>
+    <w:rsid w:val="006A0801"/>
     <w:rsid w:val="006D05CD"/>
     <w:rsid w:val="00711EB7"/>
     <w:rsid w:val="007160F2"/>
     <w:rsid w:val="007561F4"/>
+    <w:rsid w:val="0076094A"/>
+    <w:rsid w:val="00782940"/>
     <w:rsid w:val="007911C4"/>
     <w:rsid w:val="00797EE7"/>
+    <w:rsid w:val="007D347A"/>
     <w:rsid w:val="007D7609"/>
+    <w:rsid w:val="00810A54"/>
     <w:rsid w:val="00823DB0"/>
     <w:rsid w:val="008266D6"/>
+    <w:rsid w:val="008427C1"/>
     <w:rsid w:val="00860D2A"/>
     <w:rsid w:val="00885BCA"/>
     <w:rsid w:val="008C6F0B"/>
     <w:rsid w:val="008F50DF"/>
+    <w:rsid w:val="00903D1D"/>
     <w:rsid w:val="009217BB"/>
     <w:rsid w:val="00990C89"/>
     <w:rsid w:val="009F2089"/>
     <w:rsid w:val="00A328B1"/>
     <w:rsid w:val="00A51424"/>
     <w:rsid w:val="00A62D10"/>
+    <w:rsid w:val="00A832AF"/>
     <w:rsid w:val="00A929BE"/>
     <w:rsid w:val="00AA148A"/>
     <w:rsid w:val="00AA7FA8"/>
+    <w:rsid w:val="00AC394A"/>
     <w:rsid w:val="00AD11F1"/>
     <w:rsid w:val="00AD5191"/>
     <w:rsid w:val="00B14D44"/>
     <w:rsid w:val="00B43C45"/>
     <w:rsid w:val="00B52792"/>
+    <w:rsid w:val="00BB244C"/>
     <w:rsid w:val="00BB7FAC"/>
     <w:rsid w:val="00BF032A"/>
     <w:rsid w:val="00C011B3"/>
     <w:rsid w:val="00C049DD"/>
     <w:rsid w:val="00C16323"/>
     <w:rsid w:val="00C66F1B"/>
     <w:rsid w:val="00CC1BEC"/>
     <w:rsid w:val="00CF7425"/>
     <w:rsid w:val="00D10744"/>
     <w:rsid w:val="00D364BD"/>
     <w:rsid w:val="00D5438F"/>
     <w:rsid w:val="00D62E7F"/>
     <w:rsid w:val="00D67CE1"/>
+    <w:rsid w:val="00D822EC"/>
+    <w:rsid w:val="00D854A3"/>
     <w:rsid w:val="00D854F7"/>
     <w:rsid w:val="00DA1980"/>
     <w:rsid w:val="00DA214C"/>
     <w:rsid w:val="00DC022D"/>
+    <w:rsid w:val="00DC2125"/>
     <w:rsid w:val="00DD043E"/>
     <w:rsid w:val="00E17011"/>
+    <w:rsid w:val="00E902EC"/>
     <w:rsid w:val="00EE6D4D"/>
     <w:rsid w:val="00F10ACB"/>
+    <w:rsid w:val="00F327AA"/>
+    <w:rsid w:val="00F3413F"/>
+    <w:rsid w:val="00F534AC"/>
     <w:rsid w:val="00F76E9D"/>
     <w:rsid w:val="00F85812"/>
+    <w:rsid w:val="00F87FF9"/>
     <w:rsid w:val="00F9198C"/>
     <w:rsid w:val="00F97FFB"/>
     <w:rsid w:val="00FD7E3D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0F611404"/>
   <w15:docId w15:val="{B84A14C1-CEE4-435A-9F5C-EE2AF3BD895D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5118,50 +8036,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Corpodetexto"/>
     <w:link w:val="Ttulo1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BB7FAC"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
       </w:tabs>
       <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
@@ -5174,51 +8097,50 @@
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002D2441"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
@@ -5511,55 +8433,67 @@
     <w:link w:val="Textodecomentrio"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00500572"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D5438F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="MenoPendente">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D854A3"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1096291175">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="841240039">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -5579,51 +8513,51 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1235121964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.mec.gov.br/ultimas-noticias/211-218175739/20468-estudo-revela-que-brasil-eleva-escolaridade-e-qualidade-do-ensino-na-educacao-basica" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uepa.br/index.php/cocar/about/submissions" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.br/mec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.mec.gov.br/ultimas-noticias/211-218175739/20468-estudo-revela-que-brasil-eleva-escolaridade-e-qualidade-do-ensino-na-educacao-basica" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uepa.br/index.php/cocar/about/submissions" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5897,66 +8831,66 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{958CEF87-7E0C-4782-8989-7B85A8BDB13C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6086</Characters>
+  <Pages>7</Pages>
+  <Words>1886</Words>
+  <Characters>10188</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7084</CharactersWithSpaces>
+  <CharactersWithSpaces>12050</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MV</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>